--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -23,89 +23,89 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6AD87FBF" w14:textId="23A5878A" w:rsidR="00C81411" w:rsidRPr="004C77E7" w:rsidRDefault="00C81411" w:rsidP="003C7840">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabellrutenett"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="85"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2805"/>
         <w:gridCol w:w="2999"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EA438E" w14:paraId="4016F389" w14:textId="77777777" w:rsidTr="00E60BC7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2805" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="1F932D6B" w14:textId="77777777" w:rsidR="00EA438E" w:rsidRPr="00EA438E" w:rsidRDefault="00EA438E" w:rsidP="00EA438E">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA438E">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t>Komplett</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2999" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D99594" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="6C4221C8" w14:textId="77777777" w:rsidR="00EA438E" w:rsidRPr="00EA438E" w:rsidRDefault="00EA438E" w:rsidP="00EA438E">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA438E">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t>Må rettes/sendes inn</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F5F0EC2" w14:textId="13EB1677" w:rsidR="31013937" w:rsidRDefault="31013937" w:rsidP="353ED834">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="353ED834">
@@ -120,96 +120,96 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="51502BB5" w14:textId="4F3658D2" w:rsidR="00EA438E" w:rsidRDefault="003C7840" w:rsidP="003C7840">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C7840">
         <w:rPr>
           <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Komplettvurderingsskjema</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabellrutenett"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11335"/>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="5804"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C7840" w14:paraId="17B5EAF1" w14:textId="77777777" w:rsidTr="00EA438E">
+      <w:tr w:rsidR="003C7840" w14:paraId="17B5EAF1" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="393D4ACF" w14:textId="1A293156" w:rsidR="003C7840" w:rsidRPr="003C7840" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7840">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hva skal forslagsstiller sende inn?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7F6BBEF0" w14:textId="7FE7F064" w:rsidR="003C7840" w:rsidRPr="003C7840" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7840">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Forslagsstillers kommentar</w:t>
             </w:r>
             <w:r w:rsidR="002C537A" w:rsidRPr="002C537A">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
@@ -222,1434 +222,1971 @@
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>utkvittert</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002C537A" w:rsidRPr="002C537A">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6388F1ED" w14:textId="5266CDEC" w:rsidR="003C7840" w:rsidRPr="003C7840" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7840">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Plan- og bygningsetatens komplettvurdering</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7840" w14:paraId="035FACA4" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="003C7840" w14:paraId="035FACA4" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3902CADC" w14:textId="6224384B" w:rsidR="003C7840" w:rsidRPr="009B5767" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t xml:space="preserve">Utfylt planbeskrivelse iht. mal: </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="009B5767">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hyperkobling"/>
                   <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 </w:rPr>
                 <w:t>[lenke]</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B2D3350" w14:textId="5C77DE82" w:rsidR="003C7840" w:rsidRPr="002C537A" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50165249" w14:textId="77777777" w:rsidR="003C7840" w:rsidRPr="00C47EC3" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7840" w14:paraId="131E055D" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="003C7840" w14:paraId="131E055D" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="086EB532" w14:textId="03034F5F" w:rsidR="003C7840" w:rsidRPr="009B5767" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t xml:space="preserve">Reguleringsbestemmelser iht. mal: </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="009B5767">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hyperkobling"/>
                   <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 </w:rPr>
                 <w:t>[lenke]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A29F9B0" w14:textId="77777777" w:rsidR="003C7840" w:rsidRPr="00C47EC3" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="575C8318" w14:textId="77777777" w:rsidR="003C7840" w:rsidRPr="00C47EC3" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7840" w14:paraId="3FE39FC9" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="003C7840" w14:paraId="3FE39FC9" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01C08BDE" w14:textId="15D96B42" w:rsidR="003C7840" w:rsidRPr="009B5767" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t xml:space="preserve">Plankart i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t>pdf</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t>-format</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52C27746" w14:textId="77777777" w:rsidR="003C7840" w:rsidRPr="00C47EC3" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0966980B" w14:textId="77777777" w:rsidR="003C7840" w:rsidRPr="00C47EC3" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7840" w14:paraId="0E4670F7" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="003C7840" w14:paraId="0E4670F7" w14:textId="77777777" w:rsidTr="29E8F918">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A75A7EE" w14:textId="4E71FAD4" w:rsidR="003C7840" w:rsidRPr="009B5767" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t>Konstruksjonsdata for p</w:t>
             </w:r>
             <w:r w:rsidR="003C7840" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t>lankart</w:t>
             </w:r>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t xml:space="preserve"> iht. kravspesifikasjon: </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="009B5767">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hyperkobling"/>
                   <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 </w:rPr>
                 <w:t>[lenke]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EB81AFF" w14:textId="77777777" w:rsidR="003C7840" w:rsidRPr="00C47EC3" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67F071B1" w14:textId="77777777" w:rsidR="003C7840" w:rsidRPr="00C47EC3" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7840" w14:paraId="0647CCE9" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="594CCB36" w14:paraId="65F6C203" w14:textId="77777777" w:rsidTr="29E8F918">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
+          <w:p w14:paraId="799B7688" w14:textId="4D5E8F23" w:rsidR="153D0294" w:rsidRDefault="153D0294" w:rsidP="594CCB36">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="594CCB36">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+              <w:t>Konstruksjonsdata</w:t>
+            </w:r>
+            <w:r w:rsidR="225D3590" w:rsidRPr="594CCB36">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SOSI-fil)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="594CCB36">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="5E91BDED" w:rsidRPr="594CCB36">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+              <w:t>av</w:t>
+            </w:r>
+            <w:r w:rsidRPr="594CCB36">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="5A9C5B28" w:rsidRPr="594CCB36">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+              <w:t>plan</w:t>
+            </w:r>
+            <w:r w:rsidR="106AF622" w:rsidRPr="594CCB36">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+              <w:t>avgrens</w:t>
+            </w:r>
+            <w:r w:rsidR="1D081E0C" w:rsidRPr="594CCB36">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="106AF622" w:rsidRPr="594CCB36">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+              <w:t>ing</w:t>
+            </w:r>
+            <w:r w:rsidR="5A9C5B28" w:rsidRPr="594CCB36">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for inntegning i kommunens kartløsning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="757FEED4" w14:textId="66D3C491" w:rsidR="594CCB36" w:rsidRDefault="594CCB36" w:rsidP="594CCB36">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBDB51C" w14:textId="16FABFFD" w:rsidR="594CCB36" w:rsidRDefault="594CCB36" w:rsidP="594CCB36">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7840" w14:paraId="0647CCE9" w14:textId="77777777" w:rsidTr="29E8F918">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11335" w:type="dxa"/>
+          </w:tcPr>
           <w:p w14:paraId="3F686928" w14:textId="11380383" w:rsidR="003C7840" w:rsidRPr="009B5767" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t>Til offentlig ettersyn: Forslagsstillers oppsummering av bemerkninger fra varsel om oppstart</w:t>
             </w:r>
             <w:r w:rsidR="009460BB" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t xml:space="preserve"> med kommentarer</w:t>
             </w:r>
             <w:r w:rsidR="00B106C3" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="00B106C3" w:rsidRPr="009B5767">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hyperkobling"/>
                   <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 </w:rPr>
                 <w:t>[lenke]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2396EA91" w14:textId="77777777" w:rsidR="003C7840" w:rsidRPr="00C47EC3" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FB177A4" w14:textId="77777777" w:rsidR="003C7840" w:rsidRPr="00C47EC3" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7840" w14:paraId="4BB3F167" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="003C7840" w14:paraId="4BB3F167" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38E66A3D" w14:textId="7CF50CF3" w:rsidR="003C7840" w:rsidRPr="009B5767" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t>Til offentlig ettersyn: Samledokument av bemerkningene fra varsel om oppstart, i sin helhet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A867BBA" w14:textId="77777777" w:rsidR="003C7840" w:rsidRPr="00C47EC3" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1445900D" w14:textId="77777777" w:rsidR="003C7840" w:rsidRPr="00C47EC3" w:rsidRDefault="003C7840" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF0828" w14:paraId="110D4657" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="00AF0828" w14:paraId="110D4657" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A061D85" w14:textId="5FFEC488" w:rsidR="00AF0828" w:rsidRPr="009B5767" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t>Til politisk behandling: Forslagsstillers oppsummering av bemerkninger</w:t>
             </w:r>
             <w:r w:rsidR="009460BB" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t>fra offentlig ettersyn</w:t>
             </w:r>
             <w:r w:rsidR="00595420" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t xml:space="preserve"> og eventuelt begrenset høring </w:t>
             </w:r>
             <w:r w:rsidR="009460BB" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t xml:space="preserve">med kommentarer </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="00595420" w:rsidRPr="009B5767">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hyperkobling"/>
                   <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 </w:rPr>
                 <w:t>[lenke]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17A74578" w14:textId="77777777" w:rsidR="00AF0828" w:rsidRPr="00C47EC3" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0720D162" w14:textId="77777777" w:rsidR="00AF0828" w:rsidRPr="00C47EC3" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF0828" w14:paraId="2BFDA528" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="00AF0828" w14:paraId="2BFDA528" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A8B3F81" w14:textId="23E74D6D" w:rsidR="00AF0828" w:rsidRPr="009B5767" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t>Til politisk behandling: Samledokument av bemerkningene fra offentlig ettersyn</w:t>
             </w:r>
             <w:r w:rsidR="00222AD0">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t xml:space="preserve"> og eventuelt begrenset høring</w:t>
             </w:r>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
               <w:t>, i sin helhet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B10147A" w14:textId="77777777" w:rsidR="00AF0828" w:rsidRPr="00C47EC3" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22EE5348" w14:textId="77777777" w:rsidR="00AF0828" w:rsidRPr="00C47EC3" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF0828" w14:paraId="22973676" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="00AF0828" w14:paraId="22973676" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B290029" w14:textId="37B800A1" w:rsidR="00AF0828" w:rsidRPr="009B5767" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B05BC">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>Eventuelt:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B05BC">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Samledokument av bemerkninger, i sin helhet, kommet inn utenom høringsperiodene</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EF7EFAC" w14:textId="77777777" w:rsidR="00AF0828" w:rsidRPr="00C47EC3" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68B27DF6" w14:textId="77777777" w:rsidR="00AF0828" w:rsidRPr="00C47EC3" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D541F7" w14:paraId="1D744D1D" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="00D541F7" w14:paraId="1D744D1D" w14:textId="77777777" w:rsidTr="00B21C75">
+        <w:trPr>
+          <w:trHeight w:val="1230"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A9C062B" w14:textId="10169419" w:rsidR="00D541F7" w:rsidRPr="009B5767" w:rsidRDefault="00D541F7" w:rsidP="003C7840">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00070207">
+          <w:p w14:paraId="64443B5A" w14:textId="38785671" w:rsidR="00E756A5" w:rsidRPr="00DB4098" w:rsidRDefault="7E59C5E1" w:rsidP="45F504E4">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>Hvis krav til konsekvensutredning</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005D698F">
+            </w:pPr>
+            <w:r w:rsidRPr="45F504E4">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> og ikke planprogram</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00070207">
+              <w:t xml:space="preserve">Hvis </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF4501" w:rsidRPr="45F504E4">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...38 lines deleted...]
-            <w:r w:rsidR="002E61FD" w:rsidRPr="0010319D">
+              <w:t xml:space="preserve">det er </w:t>
+            </w:r>
+            <w:r w:rsidRPr="45F504E4">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>Dette omfatter alle tema som skal konsekvensutredes</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FE2AF6">
+              <w:t>krav til konsekvensutredning</w:t>
+            </w:r>
+            <w:r w:rsidR="00984E4B" w:rsidRPr="45F504E4">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve">, og kan </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005F6FAE">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4098" w:rsidRPr="45F504E4">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>konkretiseres</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002E61FD" w:rsidRPr="0010319D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6AB7" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">beskriv hva som skal </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DB4098" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>konsekvens</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6AB7" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>utredes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB4098" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4F89">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>ifølge</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4098" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kapittel 4.1.3 i område- og prosessavklaringen</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6AB7" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Under følger </w:t>
+            </w:r>
+            <w:r w:rsidR="0B225803" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">et </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6AB7" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>forslag</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6BD0" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> til hva vi bør skrive her. Tilpass etter behov</w:t>
+            </w:r>
+            <w:r w:rsidR="0052793D" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD685D" w:rsidRPr="45F504E4">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60AF4548" w14:textId="42382EFC" w:rsidR="000A3726" w:rsidRPr="007E173A" w:rsidRDefault="00154969" w:rsidP="45F504E4">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Konsekvensutredning</w:t>
+            </w:r>
+            <w:r w:rsidR="00C527A8" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> av &lt;tema</w:t>
+            </w:r>
+            <w:r w:rsidR="00E756A5" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>&gt;.</w:t>
+            </w:r>
+            <w:r w:rsidR="00150441" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63532A60" w14:textId="5EE0B8F6" w:rsidR="00023A76" w:rsidRPr="00023A76" w:rsidRDefault="00023A76" w:rsidP="00352709">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17798C7C" w14:textId="4B4CB026" w:rsidR="00B213FB" w:rsidRDefault="000A3726" w:rsidP="00352709">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Fo</w:t>
+            </w:r>
+            <w:r w:rsidR="001E4913">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r </w:t>
+            </w:r>
+            <w:r w:rsidR="00052080">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+            <w:r w:rsidR="001E4913">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>tema</w:t>
+            </w:r>
+            <w:r w:rsidR="00052080">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>ene</w:t>
+            </w:r>
+            <w:r w:rsidR="001E4913">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> som inngår i Miljødirektoratets håndbok om konsekvensutredning (M-1841) </w:t>
+            </w:r>
+            <w:r w:rsidR="00F078E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>skal</w:t>
+            </w:r>
+            <w:r w:rsidR="007F3A89">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E27F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidR="00173FE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>res</w:t>
+            </w:r>
+            <w:r w:rsidR="00E27F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E4913">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>metode</w:t>
+            </w:r>
+            <w:r w:rsidR="00173FE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E27F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>følges</w:t>
+            </w:r>
+            <w:r w:rsidR="001E4913">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>: [</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidR="001E4913" w:rsidRPr="00F078E8">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperkobling"/>
+                  <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                </w:rPr>
+                <w:t>lenke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="001E4913">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+            <w:r w:rsidR="004B62F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>. Deres maler kan også brukes</w:t>
+            </w:r>
+            <w:r w:rsidR="00173FE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE35C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidR="00AE35C4" w:rsidRPr="00AE35C4">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperkobling"/>
+                  <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                </w:rPr>
+                <w:t>lenke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00AE35C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F63AE39" w14:textId="77777777" w:rsidR="003B554A" w:rsidRDefault="003B554A" w:rsidP="00352709">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="463F1B8D" w14:textId="6E54A9BC" w:rsidR="00352709" w:rsidRPr="00FC3DC9" w:rsidRDefault="00BF5FD1" w:rsidP="00352709">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Konsekvensutredningen skal oppfylle alle </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>innholdskravene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i KU-forskriften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>i kapittel 5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA17FA" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>I henhold til KU-forskriften</w:t>
+            </w:r>
+            <w:r w:rsidR="00903871" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA17FA" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>skal konsekvensutredningen inneholde</w:t>
+            </w:r>
+            <w:r w:rsidR="00903871" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> blant annet</w:t>
+            </w:r>
+            <w:r w:rsidR="002B3EE5" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63806035" w14:textId="46BA7502" w:rsidR="006B7943" w:rsidRPr="00217576" w:rsidRDefault="0062591C" w:rsidP="006B7943">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Et ikke-teknisk sammendrag av konsekvensutredningen. </w:t>
+            </w:r>
+            <w:r w:rsidR="2EC4B3AA" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der det er flere temaer som skal konsekvensutredes, skal </w:t>
+            </w:r>
+            <w:r w:rsidR="006518AC" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>sammendraget</w:t>
+            </w:r>
+            <w:r w:rsidR="00F64616" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> leveres som en selvstendig</w:t>
+            </w:r>
+            <w:r w:rsidR="006518AC" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F64616" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>rapport</w:t>
+            </w:r>
+            <w:r w:rsidR="006518AC" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="002E61FD" w:rsidRPr="0010319D">
+            <w:r w:rsidR="7EA290A1" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bruk </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD4A27">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">gjerne </w:t>
+            </w:r>
+            <w:r w:rsidR="7EA290A1" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>malen til Miljødirektoratet</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="005C1BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>link</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="005C1BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> over)</w:t>
+            </w:r>
+            <w:r w:rsidR="7EA290A1" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="006518AC" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="696B0AE9" w14:textId="1CACD196" w:rsidR="00F65B77" w:rsidRDefault="00F65B77" w:rsidP="00227DFF">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Vurdering av planforslage</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">t og eventuelle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>alternativ</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>er</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> opp mot 0-alternativet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70437E85" w14:textId="0CAAE881" w:rsidR="008B27F4" w:rsidRDefault="00E03DE9" w:rsidP="00227DFF">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Begrunnelse for v</w:t>
+            </w:r>
+            <w:r w:rsidR="008B27F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>alg av alternativ</w:t>
+            </w:r>
+            <w:r w:rsidR="00571E6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D93A3C3" w14:textId="4705E2C0" w:rsidR="00BF3F91" w:rsidRPr="00BF3F91" w:rsidRDefault="008B27F4" w:rsidP="44CDF77C">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vurdering av </w:t>
+            </w:r>
+            <w:r w:rsidR="000D2817">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>avbøtende tiltak</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A9C062B" w14:textId="2749AEB1" w:rsidR="00D541F7" w:rsidRPr="009B5767" w:rsidRDefault="00D541F7" w:rsidP="44CDF77C">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EA58D9D" w14:textId="77777777" w:rsidR="00D541F7" w:rsidRPr="00C47EC3" w:rsidRDefault="00D541F7" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1036B2C1" w14:textId="77777777" w:rsidR="00D541F7" w:rsidRPr="00C47EC3" w:rsidRDefault="00D541F7" w:rsidP="003C7840">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00736496" w14:paraId="59A38D10" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="00736496" w14:paraId="59A38D10" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="700B78E6" w14:textId="1690D827" w:rsidR="00736496" w:rsidRPr="00070207" w:rsidRDefault="001064DA" w:rsidP="003C7840">
-[...1 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="700B78E6" w14:textId="675BCA02" w:rsidR="00736496" w:rsidRPr="00070207" w:rsidRDefault="001064DA" w:rsidP="45F504E4">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="45F504E4">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hvis krav til </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005D698F">
+              <w:t>Hvis krav til planprogram:</w:t>
+            </w:r>
+            <w:r w:rsidR="005D698F" w:rsidRPr="45F504E4">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve">konsekvensutredning og </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D698F" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Fastsatt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002E50FF" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="004B1E11" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>lanprogram</w:t>
+            </w:r>
+            <w:r w:rsidR="005D698F" w:rsidRPr="45F504E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="032A0AF7" w14:textId="77777777" w:rsidR="00736496" w:rsidRPr="00C47EC3" w:rsidRDefault="00736496" w:rsidP="003C7840">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF35F7F" w14:textId="77777777" w:rsidR="00736496" w:rsidRPr="00C47EC3" w:rsidRDefault="00736496" w:rsidP="003C7840">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF0828" w14:paraId="4AC6165C" w14:textId="77777777" w:rsidTr="29E8F918">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE21D62" w14:textId="0D7C5939" w:rsidR="00AF0828" w:rsidRPr="009B5767" w:rsidRDefault="00375CC9" w:rsidP="003C7840">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>planprogram:</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005D698F">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...69 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+              <w:t>Legg</w:t>
+            </w:r>
+            <w:r w:rsidR="00936D67" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve"> inn dokumentasjonskrav fra område- og prosessavklaringen</w:t>
+            </w:r>
+            <w:r w:rsidR="00936D67">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hvis krav til konsekvensutredning og planprogram: </w:t>
-[...13 lines deleted...]
-            <w:r w:rsidR="00205437" w:rsidRPr="0010319D">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00936D67" w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D70F5" w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>&lt;</w:t>
+            </w:r>
+            <w:r w:rsidR="00D945BC" w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Dokumentasjon&gt;</w:t>
+            </w:r>
+            <w:r w:rsidR="00D945BC" w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="408E0D1F" w14:textId="77777777" w:rsidR="00AF0828" w:rsidRPr="00C47EC3" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="249A33E8" w14:textId="77777777" w:rsidR="00AF0828" w:rsidRPr="00C47EC3" w:rsidRDefault="00AF0828" w:rsidP="003C7840">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B106C3" w14:paraId="6DF47180" w14:textId="77777777" w:rsidTr="29E8F918">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF56625" w14:textId="0C23EBCF" w:rsidR="00B106C3" w:rsidRPr="009B5767" w:rsidRDefault="006048A0" w:rsidP="00AF0828">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006048A0">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>Dette omfatter alle tema som skal konsekvensutredes</w:t>
-[...5 lines deleted...]
-                <w:iCs/>
+              <w:t>Hvis bebyggelse:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006048A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>, og kan konkretiseres</w:t>
-[...84 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001D70F5" w:rsidRPr="009B5767">
-[...55 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+            <w:r w:rsidR="00B106C3" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-            </w:pPr>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Standardiserte illustrasjoner av maksimal utnyttelse innenfor planforslaget: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidR="00B106C3" w:rsidRPr="009B5767">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hyperkobling"/>
                   <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 </w:rPr>
                 <w:t>[lenke]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A5C5B3B" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6424AC57" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B106C3" w14:paraId="2E17A3F2" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="00B106C3" w14:paraId="2E17A3F2" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74261E74" w14:textId="3223E895" w:rsidR="00B106C3" w:rsidRPr="009B5767" w:rsidRDefault="006048A0" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006048A0">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>Hvis bebyggelse:</w:t>
             </w:r>
             <w:r w:rsidRPr="006048A0">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B106C3" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Snitt-illustrasjoner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="756B49B0" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FF6E764" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B106C3" w14:paraId="70A87833" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="00B106C3" w14:paraId="70A87833" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="609FFC6C" w14:textId="6843D1BA" w:rsidR="00B106C3" w:rsidRPr="009B5767" w:rsidRDefault="006048A0" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006048A0">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>Hvis bebyggelse:</w:t>
             </w:r>
             <w:r w:rsidRPr="006048A0">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B106C3" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Fasadeoppriss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74A39D03" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43CB7DDE" w14:textId="2EDDAA22" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B106C3" w14:paraId="25CD3F9D" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="00B106C3" w14:paraId="25CD3F9D" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50CF71C3" w14:textId="6F57F7A6" w:rsidR="00B106C3" w:rsidRPr="009B5767" w:rsidRDefault="006048A0" w:rsidP="00AF0828">
-[...1 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="50CF71C3" w14:textId="6A065775" w:rsidR="00B106C3" w:rsidRPr="009B5767" w:rsidRDefault="006048A0" w:rsidP="00AF0828">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006048A0">
+            <w:r w:rsidRPr="0A7477CF">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>Hvis bebyggelse:</w:t>
             </w:r>
-            <w:r w:rsidRPr="006048A0">
+            <w:r w:rsidRPr="0A7477CF">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B106C3" w:rsidRPr="009B5767">
+            <w:r w:rsidR="00B106C3" w:rsidRPr="0A7477CF">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3D-illustrasjoner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="414C16B0" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F0F3767" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00865BA5" w14:paraId="1B119D66" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="00865BA5" w14:paraId="1B119D66" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C495EB9" w14:textId="211F4817" w:rsidR="00865BA5" w:rsidRPr="009B5767" w:rsidRDefault="006048A0" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006048A0">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Hvis bebyggelse:</w:t>
             </w:r>
             <w:r w:rsidRPr="006048A0">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00865BA5" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Nær- og fjernvirkning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75C38FE8" w14:textId="77777777" w:rsidR="00865BA5" w:rsidRPr="00C47EC3" w:rsidRDefault="00865BA5" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A74BA07" w14:textId="77777777" w:rsidR="00865BA5" w:rsidRPr="00C47EC3" w:rsidRDefault="00865BA5" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B106C3" w14:paraId="4ABE7592" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="00B106C3" w14:paraId="4ABE7592" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C87FC15" w14:textId="031403B6" w:rsidR="00B106C3" w:rsidRPr="009B5767" w:rsidRDefault="00B106C3" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>Slett</w:t>
             </w:r>
             <w:r w:rsidR="0006096C" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> det som ikke er aktuelt</w:t>
             </w:r>
             <w:r w:rsidRPr="009B5767">
               <w:rPr>
@@ -1744,587 +2281,627 @@
               </w:rPr>
               <w:t xml:space="preserve">planlagt </w:t>
             </w:r>
             <w:r w:rsidR="0006096C" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>opparbeidelse av alle formål innenfor planområdet</w:t>
             </w:r>
             <w:r w:rsidR="00131B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>.&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37DEA9E4" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="742857D5" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00AF0828">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B106C3" w14:paraId="08BFE910" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="00B106C3" w14:paraId="08BFE910" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D61C171" w14:textId="32B829E0" w:rsidR="00B106C3" w:rsidRPr="009B5767" w:rsidRDefault="0057322E" w:rsidP="00B106C3">
-[...1 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="3D61C171" w14:textId="03862189" w:rsidR="00B106C3" w:rsidRPr="009B5767" w:rsidRDefault="286FBCFA" w:rsidP="00B106C3">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="73CCD842">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>I utvalgte saker</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002E0A47" w:rsidRPr="002E0A47">
+              <w:t xml:space="preserve">Kun i </w:t>
+            </w:r>
+            <w:r w:rsidR="0057322E" w:rsidRPr="73CCD842">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...58 lines deleted...]
-            <w:r w:rsidRPr="006048A0">
+              <w:t>utvalgte saker</w:t>
+            </w:r>
+            <w:r w:rsidR="002E0A47" w:rsidRPr="73CCD842">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>Hvis bebyggelse:</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006048A0">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="002E0A47" w:rsidRPr="73CCD842">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B106C3" w:rsidRPr="009B5767">
+            <w:r w:rsidR="00B106C3" w:rsidRPr="73CCD842">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>3D-modell</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001064DA">
+              <w:t>Fysisk modell</w:t>
+            </w:r>
+            <w:r w:rsidR="40594FCD" w:rsidRPr="73CCD842">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006A253D" w:rsidRPr="006A253D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A46DEEB" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00B106C3">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>som viser planforslaget i forhold til sine omgivelser, og eventuelt sammen med og uten andre pågående planer i området. </w:t>
-[...13 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13D299A5" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00B106C3">
-[...1 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="3BE2D987" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00B106C3">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B106C3" w14:paraId="3B3FA697" w14:textId="77777777" w:rsidTr="00AF0828">
+      <w:tr w:rsidR="00B106C3" w14:paraId="115D051E" w14:textId="77777777" w:rsidTr="29E8F918">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71B521B7" w14:textId="23926124" w:rsidR="00B106C3" w:rsidRPr="009B5767" w:rsidRDefault="006048A0" w:rsidP="00B106C3">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006048A0">
+          <w:p w14:paraId="2A4028EF" w14:textId="6A146256" w:rsidR="00B106C3" w:rsidRPr="009B5767" w:rsidRDefault="006048A0" w:rsidP="594CCB36">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="03F9F8F3">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>Hvis bebyggelse:</w:t>
             </w:r>
+            <w:r w:rsidRPr="03F9F8F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B106C3" w:rsidRPr="03F9F8F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3D-modell</w:t>
+            </w:r>
+            <w:r w:rsidR="001064DA" w:rsidRPr="03F9F8F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006A253D" w:rsidRPr="03F9F8F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>som viser planforslaget i forhold til sine omgivelser</w:t>
+            </w:r>
+            <w:r w:rsidR="3FB02C0C" w:rsidRPr="03F9F8F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i IFC-format og</w:t>
+            </w:r>
+            <w:r w:rsidR="5ABE9CAC" w:rsidRPr="03F9F8F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> iht. kravspesifikasjon: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19">
+              <w:r w:rsidR="5ABE9CAC" w:rsidRPr="03F9F8F3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperkobling"/>
+                  <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+                </w:rPr>
+                <w:t>[lenke]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6F1DAE" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00B106C3">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D299A5" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00B106C3">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B106C3" w14:paraId="3B3FA697" w14:textId="77777777" w:rsidTr="29E8F918">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B521B7" w14:textId="23926124" w:rsidR="00B106C3" w:rsidRPr="009B5767" w:rsidRDefault="006048A0" w:rsidP="00B106C3">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006048A0">
-              <w:rPr>
-[...104 lines deleted...]
-            <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Legg til flere rader for ytterligere dokumentasjon vi har krevd </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00630092" w:rsidRPr="009B5767">
+              <w:t>Hvis bebyggelse:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006048A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B106C3" w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sol- og skyggestudier </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA438E" w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">i 2D og 3D </w:t>
+            </w:r>
+            <w:r w:rsidR="00B106C3" w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA438E" w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20. mars, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B106C3" w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1. mai, 21. juni</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA438E" w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> og </w:t>
+            </w:r>
+            <w:r w:rsidR="00B106C3" w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>21. desember</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA438E" w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>: kl. 09:00, 12:00, 15:00, 18:00 og 20:00.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CDB4CAF" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00B106C3">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1419C24C" w14:textId="77777777" w:rsidR="00B106C3" w:rsidRPr="00C47EC3" w:rsidRDefault="00B106C3" w:rsidP="00B106C3">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA438E" w14:paraId="46F70F02" w14:textId="77777777" w:rsidTr="29E8F918">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7214BF72" w14:textId="3EA46DDC" w:rsidR="00EA438E" w:rsidRPr="009B5767" w:rsidRDefault="00EA438E" w:rsidP="00B106C3">
+            <w:pPr>
+              <w:pStyle w:val="Ingenmellomrom"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>etter oppstartsmøtet, og evt</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00217F80" w:rsidRPr="009B5767">
+              <w:t xml:space="preserve">Legg til flere rader for ytterligere dokumentasjon vi har krevd </w:t>
+            </w:r>
+            <w:r w:rsidR="00630092" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>. i vår vurdering til offentlig ettersyn</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009B5767">
+              <w:t>etter oppstartsmøtet, og evt</w:t>
+            </w:r>
+            <w:r w:rsidR="00217F80" w:rsidRPr="009B5767">
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
+              <w:t>. i vår vurdering til offentlig ettersyn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5767">
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21016549" w14:textId="77777777" w:rsidR="00EA438E" w:rsidRPr="00C47EC3" w:rsidRDefault="00EA438E" w:rsidP="00B106C3">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D977883" w14:textId="77777777" w:rsidR="00EA438E" w:rsidRPr="00C47EC3" w:rsidRDefault="00EA438E" w:rsidP="00B106C3">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Ingenmellomrom"/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24C649C9" w14:textId="77777777" w:rsidR="003C7840" w:rsidRPr="003C7840" w:rsidRDefault="003C7840" w:rsidP="00EF3EA3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003C7840" w:rsidRPr="003C7840" w:rsidSect="00A95A16">
-      <w:headerReference w:type="default" r:id="rId17"/>
-      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="23811" w:h="16838" w:orient="landscape" w:code="8"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="340" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="380543BC" w14:textId="77777777" w:rsidR="00FD3F04" w:rsidRDefault="00FD3F04" w:rsidP="00A95A16">
+    <w:p w14:paraId="0595FC86" w14:textId="77777777" w:rsidR="001805EA" w:rsidRDefault="001805EA" w:rsidP="00A95A16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BEBB415" w14:textId="77777777" w:rsidR="00FD3F04" w:rsidRDefault="00FD3F04" w:rsidP="00A95A16">
+    <w:p w14:paraId="751E5857" w14:textId="77777777" w:rsidR="001805EA" w:rsidRDefault="001805EA" w:rsidP="00A95A16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5F183DBF" w14:textId="77777777" w:rsidR="00FD3F04" w:rsidRDefault="00FD3F04">
+    <w:p w14:paraId="517519F8" w14:textId="77777777" w:rsidR="001805EA" w:rsidRDefault="001805EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Oslo Sans">
-    <w:altName w:val="Cambria"/>
+  <w:font w:name="Oslo Sans Office">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-    <w:notTrueType/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Oslo Sans">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Oslo Sans Office">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CBBB72D" w14:textId="77777777" w:rsidR="00FD3F04" w:rsidRDefault="00FD3F04" w:rsidP="00A95A16">
+    <w:p w14:paraId="1EAB8FE4" w14:textId="77777777" w:rsidR="001805EA" w:rsidRDefault="001805EA" w:rsidP="00A95A16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A0615AD" w14:textId="77777777" w:rsidR="00FD3F04" w:rsidRDefault="00FD3F04" w:rsidP="00A95A16">
+    <w:p w14:paraId="5DD534F5" w14:textId="77777777" w:rsidR="001805EA" w:rsidRDefault="001805EA" w:rsidP="00A95A16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="70FF9B92" w14:textId="77777777" w:rsidR="00FD3F04" w:rsidRDefault="00FD3F04">
+    <w:p w14:paraId="36F0D8CC" w14:textId="77777777" w:rsidR="001805EA" w:rsidRDefault="001805EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblCellMar>
         <w:left w:w="70" w:type="dxa"/>
         <w:right w:w="70" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7602"/>
       <w:gridCol w:w="13375"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A508E4" w:rsidRPr="00A508E4" w14:paraId="66B2C683" w14:textId="77777777">
       <w:tc>
@@ -2435,100 +3012,100 @@
             <w:rPr>
               <w:rFonts w:ascii="Oslo Sans" w:hAnsi="Oslo Sans"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="00A508E4">
             <w:rPr>
               <w:rFonts w:ascii="Oslo Sans" w:hAnsi="Oslo Sans"/>
               <w:noProof/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00A508E4">
             <w:rPr>
               <w:rFonts w:ascii="Oslo Sans" w:hAnsi="Oslo Sans"/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="7731D205" w14:textId="3DDEEFFF" w:rsidR="00A95A16" w:rsidRPr="00A95A16" w:rsidRDefault="00A95A16">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Topptekst"/>
       <w:rPr>
         <w:rFonts w:ascii="Oslo Sans" w:hAnsi="Oslo Sans"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblCellMar>
         <w:left w:w="70" w:type="dxa"/>
         <w:right w:w="70" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="20977"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A95A16" w:rsidRPr="00674D2A" w14:paraId="0563B730" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3188" w:type="pct"/>
         </w:tcPr>
         <w:p w14:paraId="4D5307EC" w14:textId="64F59EEE" w:rsidR="00A95A16" w:rsidRPr="00A95A16" w:rsidRDefault="00A95A16" w:rsidP="00A95A16">
           <w:pPr>
             <w:pStyle w:val="Topptekst2"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Oslo Sans" w:hAnsi="Oslo Sans"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="7924F648" w14:textId="750C62A9" w:rsidR="00A95A16" w:rsidRDefault="00A95A16">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Topptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="569EFAFD" w14:textId="61DDD687" w:rsidR="00A95A16" w:rsidRDefault="00A95A16">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Topptekst"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="nb-NO"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="167BE7DD" wp14:editId="70650008">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>899795</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>325120</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1080000" cy="561600"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Bilde 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -2554,50 +3131,162 @@
                     <a:ext cx="1080000" cy="561600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="259B77E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B3FAF6F6"/>
+    <w:lvl w:ilvl="0" w:tplc="A9546742">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Oslo Sans Office" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Oslo Sans Office" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04140003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04140005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04140001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04140003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04140005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04140001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04140003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04140005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26FB36D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8263678"/>
     <w:lvl w:ilvl="0" w:tplc="B3D80860">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Oslo Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Oslo Sans" w:cs="Arial" w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04140003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2666,51 +3355,51 @@
     <w:lvl w:ilvl="7" w:tplc="04140003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04140005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43A55B7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FECC17E"/>
     <w:lvl w:ilvl="0" w:tplc="04140001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04140003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2779,362 +3468,861 @@
     <w:lvl w:ilvl="7" w:tplc="04140003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04140005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78A11CA9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="40405CA8"/>
+    <w:lvl w:ilvl="0" w:tplc="805E0D3E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Oslo Sans Office" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Oslo Sans Office" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04140003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04140005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04140001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04140003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04140005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04140001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04140003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04140005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CBA4D8E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A39AE4C8"/>
+    <w:lvl w:ilvl="0" w:tplc="C90C8046">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Oslo Sans Office" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Oslo Sans Office" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04140003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04140005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04140001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04140003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04140005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04140001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04140003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04140005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1081755981">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1993562322">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="236014965">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1186015256">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1316257198">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1993562322">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="6" w16cid:durableId="723605507">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A95A16"/>
     <w:rsid w:val="000010B8"/>
+    <w:rsid w:val="00004209"/>
     <w:rsid w:val="00014FDD"/>
+    <w:rsid w:val="00016A56"/>
+    <w:rsid w:val="00016CF2"/>
+    <w:rsid w:val="00023A76"/>
+    <w:rsid w:val="000257B5"/>
+    <w:rsid w:val="000343BF"/>
+    <w:rsid w:val="0004073E"/>
+    <w:rsid w:val="00052080"/>
     <w:rsid w:val="000532AC"/>
     <w:rsid w:val="0006096C"/>
+    <w:rsid w:val="000619DB"/>
+    <w:rsid w:val="00064604"/>
     <w:rsid w:val="00070207"/>
     <w:rsid w:val="00075E57"/>
+    <w:rsid w:val="00087391"/>
+    <w:rsid w:val="000916CE"/>
+    <w:rsid w:val="000A3726"/>
+    <w:rsid w:val="000C035A"/>
+    <w:rsid w:val="000C162F"/>
     <w:rsid w:val="000D179F"/>
+    <w:rsid w:val="000D2817"/>
     <w:rsid w:val="000E1B58"/>
+    <w:rsid w:val="000E6FDF"/>
     <w:rsid w:val="0010319D"/>
     <w:rsid w:val="001064DA"/>
+    <w:rsid w:val="00110E0E"/>
+    <w:rsid w:val="001217CF"/>
     <w:rsid w:val="00125C0A"/>
     <w:rsid w:val="00131B9D"/>
+    <w:rsid w:val="00134A20"/>
     <w:rsid w:val="001379E6"/>
     <w:rsid w:val="00144390"/>
+    <w:rsid w:val="00150441"/>
     <w:rsid w:val="00153C54"/>
+    <w:rsid w:val="00154969"/>
     <w:rsid w:val="00164C03"/>
     <w:rsid w:val="00171F99"/>
     <w:rsid w:val="001734C4"/>
+    <w:rsid w:val="00173FE2"/>
+    <w:rsid w:val="001764DF"/>
+    <w:rsid w:val="001805EA"/>
     <w:rsid w:val="001A03E3"/>
+    <w:rsid w:val="001B01E1"/>
+    <w:rsid w:val="001B1747"/>
     <w:rsid w:val="001B5AB8"/>
+    <w:rsid w:val="001C6AB7"/>
+    <w:rsid w:val="001D20F5"/>
     <w:rsid w:val="001D70F5"/>
     <w:rsid w:val="001E2CC3"/>
+    <w:rsid w:val="001E4913"/>
     <w:rsid w:val="001F3058"/>
     <w:rsid w:val="00205437"/>
     <w:rsid w:val="002130E2"/>
     <w:rsid w:val="00213CA3"/>
+    <w:rsid w:val="00217576"/>
     <w:rsid w:val="00217F80"/>
     <w:rsid w:val="0022206F"/>
     <w:rsid w:val="00222AD0"/>
+    <w:rsid w:val="002240A5"/>
+    <w:rsid w:val="00227DFF"/>
     <w:rsid w:val="002319E6"/>
+    <w:rsid w:val="002371A2"/>
     <w:rsid w:val="00243057"/>
+    <w:rsid w:val="0024603F"/>
     <w:rsid w:val="002504CA"/>
+    <w:rsid w:val="0025154B"/>
     <w:rsid w:val="00265645"/>
+    <w:rsid w:val="00272436"/>
+    <w:rsid w:val="00276D64"/>
+    <w:rsid w:val="00282633"/>
     <w:rsid w:val="00291073"/>
     <w:rsid w:val="002A6278"/>
     <w:rsid w:val="002A7655"/>
     <w:rsid w:val="002B05BC"/>
+    <w:rsid w:val="002B3EE5"/>
     <w:rsid w:val="002B63B5"/>
+    <w:rsid w:val="002B7BB3"/>
     <w:rsid w:val="002C537A"/>
+    <w:rsid w:val="002C7891"/>
+    <w:rsid w:val="002D0BB5"/>
     <w:rsid w:val="002E0250"/>
     <w:rsid w:val="002E0A47"/>
     <w:rsid w:val="002E3281"/>
     <w:rsid w:val="002E50FF"/>
     <w:rsid w:val="002E61FD"/>
+    <w:rsid w:val="002F2483"/>
     <w:rsid w:val="003058DA"/>
     <w:rsid w:val="00317293"/>
     <w:rsid w:val="003219A2"/>
     <w:rsid w:val="003269DB"/>
     <w:rsid w:val="0034423F"/>
     <w:rsid w:val="00345AAB"/>
+    <w:rsid w:val="00352709"/>
+    <w:rsid w:val="003531D9"/>
     <w:rsid w:val="003618F2"/>
     <w:rsid w:val="0036261E"/>
+    <w:rsid w:val="00366400"/>
     <w:rsid w:val="0037430B"/>
+    <w:rsid w:val="003752C8"/>
     <w:rsid w:val="00375CC9"/>
+    <w:rsid w:val="003768FF"/>
     <w:rsid w:val="003840E1"/>
     <w:rsid w:val="003874AB"/>
     <w:rsid w:val="003A00F8"/>
     <w:rsid w:val="003A4127"/>
     <w:rsid w:val="003A4F49"/>
+    <w:rsid w:val="003B0765"/>
     <w:rsid w:val="003B1D44"/>
+    <w:rsid w:val="003B554A"/>
     <w:rsid w:val="003B6D69"/>
+    <w:rsid w:val="003C1E4E"/>
     <w:rsid w:val="003C7840"/>
     <w:rsid w:val="003E0BBF"/>
+    <w:rsid w:val="003E6551"/>
     <w:rsid w:val="003E716E"/>
     <w:rsid w:val="003F4851"/>
     <w:rsid w:val="00413F70"/>
     <w:rsid w:val="00416EC2"/>
+    <w:rsid w:val="00421000"/>
     <w:rsid w:val="0042187C"/>
+    <w:rsid w:val="004404C6"/>
     <w:rsid w:val="0044423E"/>
     <w:rsid w:val="00453C0E"/>
+    <w:rsid w:val="00456867"/>
+    <w:rsid w:val="004631F1"/>
     <w:rsid w:val="00464847"/>
     <w:rsid w:val="00471634"/>
+    <w:rsid w:val="004734D4"/>
+    <w:rsid w:val="0048626F"/>
+    <w:rsid w:val="00495BDA"/>
+    <w:rsid w:val="00497828"/>
+    <w:rsid w:val="004A6DAA"/>
     <w:rsid w:val="004B1E11"/>
+    <w:rsid w:val="004B62F3"/>
+    <w:rsid w:val="004C3320"/>
+    <w:rsid w:val="004C4AF2"/>
     <w:rsid w:val="004C77E7"/>
     <w:rsid w:val="004D129E"/>
+    <w:rsid w:val="004E22FC"/>
+    <w:rsid w:val="004F6090"/>
     <w:rsid w:val="005123A5"/>
+    <w:rsid w:val="005248A8"/>
+    <w:rsid w:val="00525826"/>
+    <w:rsid w:val="0052793D"/>
     <w:rsid w:val="00537D9F"/>
     <w:rsid w:val="005411C5"/>
     <w:rsid w:val="00544F3C"/>
     <w:rsid w:val="00550FA7"/>
+    <w:rsid w:val="0055709C"/>
     <w:rsid w:val="005667C3"/>
     <w:rsid w:val="00570332"/>
+    <w:rsid w:val="00571E6A"/>
     <w:rsid w:val="0057322E"/>
     <w:rsid w:val="00585DFC"/>
     <w:rsid w:val="005917B3"/>
     <w:rsid w:val="00595420"/>
+    <w:rsid w:val="005C1BC9"/>
+    <w:rsid w:val="005C6C83"/>
     <w:rsid w:val="005D19BE"/>
+    <w:rsid w:val="005D5F31"/>
     <w:rsid w:val="005D698F"/>
+    <w:rsid w:val="005E5018"/>
     <w:rsid w:val="005F0511"/>
     <w:rsid w:val="005F6FAE"/>
     <w:rsid w:val="006048A0"/>
     <w:rsid w:val="00621B35"/>
+    <w:rsid w:val="0062591C"/>
     <w:rsid w:val="0063001E"/>
     <w:rsid w:val="00630092"/>
     <w:rsid w:val="006372D6"/>
     <w:rsid w:val="00642621"/>
+    <w:rsid w:val="006427B9"/>
     <w:rsid w:val="006510D4"/>
+    <w:rsid w:val="006518AC"/>
     <w:rsid w:val="006570A7"/>
+    <w:rsid w:val="00661768"/>
     <w:rsid w:val="0067356E"/>
     <w:rsid w:val="00675837"/>
     <w:rsid w:val="00684CD8"/>
+    <w:rsid w:val="00696954"/>
     <w:rsid w:val="006A253D"/>
+    <w:rsid w:val="006A6E0D"/>
     <w:rsid w:val="006B376D"/>
+    <w:rsid w:val="006B3A1E"/>
+    <w:rsid w:val="006B7943"/>
     <w:rsid w:val="006C32BE"/>
+    <w:rsid w:val="006C5689"/>
     <w:rsid w:val="006D2F37"/>
     <w:rsid w:val="006D4F32"/>
     <w:rsid w:val="006E59B5"/>
     <w:rsid w:val="006F57ED"/>
+    <w:rsid w:val="00707C4D"/>
     <w:rsid w:val="00721F78"/>
+    <w:rsid w:val="0072731D"/>
     <w:rsid w:val="00736496"/>
+    <w:rsid w:val="007425FA"/>
+    <w:rsid w:val="00743937"/>
     <w:rsid w:val="007477A4"/>
     <w:rsid w:val="00754055"/>
+    <w:rsid w:val="00754602"/>
+    <w:rsid w:val="00760AA7"/>
     <w:rsid w:val="0077452C"/>
     <w:rsid w:val="00791C71"/>
     <w:rsid w:val="00791E37"/>
+    <w:rsid w:val="007A09B8"/>
     <w:rsid w:val="007B06C5"/>
+    <w:rsid w:val="007B0E64"/>
     <w:rsid w:val="007B469D"/>
+    <w:rsid w:val="007C6BD0"/>
     <w:rsid w:val="007E0258"/>
+    <w:rsid w:val="007E173A"/>
+    <w:rsid w:val="007E3874"/>
     <w:rsid w:val="007E5EDC"/>
     <w:rsid w:val="007E755D"/>
+    <w:rsid w:val="007F3A89"/>
     <w:rsid w:val="007F3CD5"/>
     <w:rsid w:val="007F4DC1"/>
     <w:rsid w:val="007F7D9B"/>
     <w:rsid w:val="008031C4"/>
+    <w:rsid w:val="00803283"/>
+    <w:rsid w:val="00814737"/>
     <w:rsid w:val="00814C6C"/>
     <w:rsid w:val="00826A8C"/>
     <w:rsid w:val="00840DC0"/>
+    <w:rsid w:val="00842DF6"/>
     <w:rsid w:val="0084393C"/>
+    <w:rsid w:val="00850780"/>
     <w:rsid w:val="00865BA5"/>
     <w:rsid w:val="00866EED"/>
     <w:rsid w:val="008713BE"/>
     <w:rsid w:val="008852E0"/>
     <w:rsid w:val="008952A0"/>
+    <w:rsid w:val="00897B9E"/>
+    <w:rsid w:val="008A30D9"/>
     <w:rsid w:val="008A490D"/>
+    <w:rsid w:val="008B27F4"/>
     <w:rsid w:val="008B5DBB"/>
     <w:rsid w:val="008C24FA"/>
+    <w:rsid w:val="008D7B1D"/>
+    <w:rsid w:val="008E03CE"/>
     <w:rsid w:val="008F3E26"/>
     <w:rsid w:val="0090091F"/>
+    <w:rsid w:val="00903871"/>
+    <w:rsid w:val="009105C8"/>
+    <w:rsid w:val="00913D3A"/>
     <w:rsid w:val="00915A85"/>
     <w:rsid w:val="0092311D"/>
     <w:rsid w:val="00936D67"/>
     <w:rsid w:val="009460BB"/>
     <w:rsid w:val="00950259"/>
     <w:rsid w:val="00956615"/>
     <w:rsid w:val="00977E8C"/>
     <w:rsid w:val="00981194"/>
+    <w:rsid w:val="00984E4B"/>
+    <w:rsid w:val="0099344E"/>
     <w:rsid w:val="00996D96"/>
     <w:rsid w:val="00997AD3"/>
     <w:rsid w:val="009A4419"/>
     <w:rsid w:val="009A6FB2"/>
+    <w:rsid w:val="009B21FC"/>
     <w:rsid w:val="009B5767"/>
     <w:rsid w:val="009C0A0A"/>
+    <w:rsid w:val="009E2027"/>
+    <w:rsid w:val="009F2683"/>
     <w:rsid w:val="00A0616E"/>
+    <w:rsid w:val="00A06C34"/>
     <w:rsid w:val="00A11571"/>
     <w:rsid w:val="00A21F99"/>
+    <w:rsid w:val="00A354A3"/>
     <w:rsid w:val="00A42856"/>
+    <w:rsid w:val="00A46EEB"/>
     <w:rsid w:val="00A508E4"/>
     <w:rsid w:val="00A554B3"/>
+    <w:rsid w:val="00A66F9B"/>
     <w:rsid w:val="00A71DA2"/>
     <w:rsid w:val="00A739D0"/>
     <w:rsid w:val="00A75889"/>
+    <w:rsid w:val="00A84727"/>
+    <w:rsid w:val="00A85327"/>
     <w:rsid w:val="00A9126D"/>
     <w:rsid w:val="00A92F87"/>
     <w:rsid w:val="00A95A16"/>
+    <w:rsid w:val="00AB1290"/>
     <w:rsid w:val="00AB7030"/>
+    <w:rsid w:val="00AB7608"/>
+    <w:rsid w:val="00AE35C4"/>
+    <w:rsid w:val="00AE7257"/>
     <w:rsid w:val="00AF0828"/>
     <w:rsid w:val="00AF2600"/>
+    <w:rsid w:val="00AF58FA"/>
     <w:rsid w:val="00AF72BB"/>
     <w:rsid w:val="00B06E65"/>
     <w:rsid w:val="00B106C3"/>
+    <w:rsid w:val="00B20DB6"/>
+    <w:rsid w:val="00B213FB"/>
+    <w:rsid w:val="00B21C75"/>
+    <w:rsid w:val="00B24A34"/>
+    <w:rsid w:val="00B276B9"/>
     <w:rsid w:val="00B32251"/>
+    <w:rsid w:val="00B347E9"/>
     <w:rsid w:val="00B52FDA"/>
     <w:rsid w:val="00B645E1"/>
     <w:rsid w:val="00B740C1"/>
     <w:rsid w:val="00B85F72"/>
+    <w:rsid w:val="00B94C0A"/>
+    <w:rsid w:val="00B95402"/>
+    <w:rsid w:val="00BA0E5F"/>
+    <w:rsid w:val="00BA168D"/>
+    <w:rsid w:val="00BA17FA"/>
     <w:rsid w:val="00BA555E"/>
     <w:rsid w:val="00BA6005"/>
+    <w:rsid w:val="00BB4F89"/>
     <w:rsid w:val="00BD0DA1"/>
     <w:rsid w:val="00BD36AA"/>
+    <w:rsid w:val="00BD685D"/>
+    <w:rsid w:val="00BF3F91"/>
     <w:rsid w:val="00BF5496"/>
+    <w:rsid w:val="00BF5FD1"/>
     <w:rsid w:val="00C02B16"/>
     <w:rsid w:val="00C02EDE"/>
+    <w:rsid w:val="00C079FB"/>
     <w:rsid w:val="00C121E6"/>
     <w:rsid w:val="00C25D70"/>
     <w:rsid w:val="00C35418"/>
     <w:rsid w:val="00C42034"/>
     <w:rsid w:val="00C47EC3"/>
+    <w:rsid w:val="00C527A8"/>
+    <w:rsid w:val="00C61E3E"/>
     <w:rsid w:val="00C65680"/>
     <w:rsid w:val="00C677BA"/>
     <w:rsid w:val="00C81411"/>
     <w:rsid w:val="00C903A1"/>
     <w:rsid w:val="00C90CB9"/>
     <w:rsid w:val="00C952E5"/>
     <w:rsid w:val="00CA2090"/>
+    <w:rsid w:val="00CA29DC"/>
+    <w:rsid w:val="00CA6608"/>
+    <w:rsid w:val="00CA7304"/>
     <w:rsid w:val="00CB18C1"/>
+    <w:rsid w:val="00CB36F1"/>
     <w:rsid w:val="00CC33B9"/>
+    <w:rsid w:val="00CD257E"/>
+    <w:rsid w:val="00CD4A27"/>
     <w:rsid w:val="00CDC1E6"/>
+    <w:rsid w:val="00CE608D"/>
+    <w:rsid w:val="00CF169F"/>
     <w:rsid w:val="00D005B8"/>
+    <w:rsid w:val="00D05E29"/>
+    <w:rsid w:val="00D13FA3"/>
+    <w:rsid w:val="00D25FB0"/>
+    <w:rsid w:val="00D36985"/>
+    <w:rsid w:val="00D36B1E"/>
+    <w:rsid w:val="00D40044"/>
     <w:rsid w:val="00D415D9"/>
     <w:rsid w:val="00D41D68"/>
+    <w:rsid w:val="00D519F8"/>
     <w:rsid w:val="00D541F7"/>
     <w:rsid w:val="00D55ACE"/>
     <w:rsid w:val="00D7005D"/>
+    <w:rsid w:val="00D7120E"/>
     <w:rsid w:val="00D7606E"/>
     <w:rsid w:val="00D81866"/>
+    <w:rsid w:val="00D842D4"/>
     <w:rsid w:val="00D856DC"/>
+    <w:rsid w:val="00D9239B"/>
     <w:rsid w:val="00D945BC"/>
     <w:rsid w:val="00D972F8"/>
     <w:rsid w:val="00DA2878"/>
+    <w:rsid w:val="00DB4098"/>
     <w:rsid w:val="00DC229A"/>
     <w:rsid w:val="00DD1C9B"/>
     <w:rsid w:val="00DD2EE0"/>
+    <w:rsid w:val="00DE05B9"/>
     <w:rsid w:val="00DE13E6"/>
+    <w:rsid w:val="00DF7C76"/>
+    <w:rsid w:val="00E03DE9"/>
+    <w:rsid w:val="00E2053D"/>
     <w:rsid w:val="00E21068"/>
+    <w:rsid w:val="00E27F4C"/>
+    <w:rsid w:val="00E35AE9"/>
     <w:rsid w:val="00E51A0C"/>
     <w:rsid w:val="00E56EEB"/>
+    <w:rsid w:val="00E57D24"/>
     <w:rsid w:val="00E60BC7"/>
+    <w:rsid w:val="00E66AE1"/>
+    <w:rsid w:val="00E72FF8"/>
+    <w:rsid w:val="00E756A5"/>
     <w:rsid w:val="00E87D7D"/>
     <w:rsid w:val="00EA0DAB"/>
     <w:rsid w:val="00EA1142"/>
     <w:rsid w:val="00EA438E"/>
+    <w:rsid w:val="00EA7EB9"/>
+    <w:rsid w:val="00EB6792"/>
+    <w:rsid w:val="00ED1AA1"/>
+    <w:rsid w:val="00EF38C2"/>
     <w:rsid w:val="00EF3EA3"/>
     <w:rsid w:val="00EF4944"/>
     <w:rsid w:val="00EF548B"/>
     <w:rsid w:val="00EF5D08"/>
+    <w:rsid w:val="00F03761"/>
+    <w:rsid w:val="00F078E8"/>
+    <w:rsid w:val="00F11740"/>
     <w:rsid w:val="00F20291"/>
+    <w:rsid w:val="00F24E10"/>
+    <w:rsid w:val="00F33EA5"/>
     <w:rsid w:val="00F615BC"/>
+    <w:rsid w:val="00F64616"/>
     <w:rsid w:val="00F64FD9"/>
+    <w:rsid w:val="00F65B77"/>
     <w:rsid w:val="00F82A26"/>
     <w:rsid w:val="00F85569"/>
+    <w:rsid w:val="00FA4DFB"/>
     <w:rsid w:val="00FA7007"/>
     <w:rsid w:val="00FB265A"/>
     <w:rsid w:val="00FB685B"/>
+    <w:rsid w:val="00FC3DC9"/>
+    <w:rsid w:val="00FC6E62"/>
     <w:rsid w:val="00FD2A0A"/>
     <w:rsid w:val="00FD3F04"/>
     <w:rsid w:val="00FD512B"/>
     <w:rsid w:val="00FE2AF6"/>
+    <w:rsid w:val="00FF4501"/>
+    <w:rsid w:val="03F9F8F3"/>
+    <w:rsid w:val="05A7B869"/>
+    <w:rsid w:val="06A020C7"/>
+    <w:rsid w:val="091B1EB0"/>
+    <w:rsid w:val="09F8CB8B"/>
+    <w:rsid w:val="0A7477CF"/>
+    <w:rsid w:val="0A7629E6"/>
+    <w:rsid w:val="0B225803"/>
+    <w:rsid w:val="0B7A63E5"/>
+    <w:rsid w:val="106AF622"/>
+    <w:rsid w:val="109B7CB7"/>
+    <w:rsid w:val="136DD706"/>
+    <w:rsid w:val="1410F84C"/>
+    <w:rsid w:val="153D0294"/>
     <w:rsid w:val="18B87302"/>
+    <w:rsid w:val="19448042"/>
+    <w:rsid w:val="195B0A7A"/>
+    <w:rsid w:val="1AB71DA6"/>
+    <w:rsid w:val="1D081E0C"/>
+    <w:rsid w:val="1E392065"/>
+    <w:rsid w:val="209B0A1D"/>
+    <w:rsid w:val="225D3590"/>
+    <w:rsid w:val="286FBCFA"/>
+    <w:rsid w:val="29E8F918"/>
+    <w:rsid w:val="2B9D46A1"/>
+    <w:rsid w:val="2EC4B3AA"/>
+    <w:rsid w:val="2EFA844F"/>
+    <w:rsid w:val="2F953A37"/>
     <w:rsid w:val="31013937"/>
+    <w:rsid w:val="33ACCABF"/>
+    <w:rsid w:val="33D8F412"/>
     <w:rsid w:val="353ED834"/>
+    <w:rsid w:val="35BF7840"/>
+    <w:rsid w:val="36C8E867"/>
+    <w:rsid w:val="377B2E53"/>
+    <w:rsid w:val="38AB71F6"/>
+    <w:rsid w:val="3B7E8DCB"/>
+    <w:rsid w:val="3C7E6094"/>
+    <w:rsid w:val="3E85B4A1"/>
+    <w:rsid w:val="3F25CA98"/>
+    <w:rsid w:val="3FB02C0C"/>
+    <w:rsid w:val="40594FCD"/>
+    <w:rsid w:val="40DBA965"/>
+    <w:rsid w:val="44CDF77C"/>
+    <w:rsid w:val="45E69C93"/>
+    <w:rsid w:val="45F504E4"/>
+    <w:rsid w:val="4736D444"/>
     <w:rsid w:val="4946432E"/>
+    <w:rsid w:val="49AD205D"/>
+    <w:rsid w:val="50ECA6C7"/>
+    <w:rsid w:val="524BBAAD"/>
+    <w:rsid w:val="5321140C"/>
+    <w:rsid w:val="554C3819"/>
+    <w:rsid w:val="594CCB36"/>
+    <w:rsid w:val="5A529F70"/>
+    <w:rsid w:val="5A9C5B28"/>
+    <w:rsid w:val="5ABE9CAC"/>
+    <w:rsid w:val="5D58703D"/>
+    <w:rsid w:val="5E91BDED"/>
     <w:rsid w:val="601BAD12"/>
+    <w:rsid w:val="608F6D81"/>
+    <w:rsid w:val="611BA7D0"/>
+    <w:rsid w:val="62371ECB"/>
+    <w:rsid w:val="65BF97C0"/>
+    <w:rsid w:val="6B3038D7"/>
+    <w:rsid w:val="6CE3CF4B"/>
+    <w:rsid w:val="6CF699CD"/>
+    <w:rsid w:val="71CA8114"/>
+    <w:rsid w:val="73247961"/>
+    <w:rsid w:val="73CCD842"/>
+    <w:rsid w:val="755FE5FE"/>
     <w:rsid w:val="75664A28"/>
+    <w:rsid w:val="78AE1CFD"/>
+    <w:rsid w:val="79F573D1"/>
+    <w:rsid w:val="7B4683F8"/>
+    <w:rsid w:val="7B6FCF83"/>
+    <w:rsid w:val="7BA9C848"/>
+    <w:rsid w:val="7C02EC66"/>
+    <w:rsid w:val="7CC6D8F0"/>
+    <w:rsid w:val="7D204D33"/>
+    <w:rsid w:val="7E50F718"/>
+    <w:rsid w:val="7E59C5E1"/>
+    <w:rsid w:val="7EA290A1"/>
+    <w:rsid w:val="7F555F15"/>
+    <w:rsid w:val="7F99A5C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="60201AB9"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D56E2FCE-4A61-4DC1-94C5-652945C69103}"/>
+  <w15:docId w15:val="{61DA8114-3052-4DBA-B010-04789DB4D43C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nb-NO" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3493,424 +4681,424 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Overskrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Overskrift1Tegn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A508E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Overskrift3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Overskrift3Tegn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A95A16"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="left" w:pos="952"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardskriftforavsnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Vanligtabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Topptekst">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="TopptekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A95A16"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TopptekstTegn">
+    <w:name w:val="Topptekst Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Topptekst"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A95A16"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Bunntekst">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="BunntekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A95A16"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BunntekstTegn">
+    <w:name w:val="Bunntekst Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Bunntekst"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A95A16"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift3Tegn">
+    <w:name w:val="Overskrift 3 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A95A16"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutenett">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Vanligtabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A95A16"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="Ingenmellomrom">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
     <w:rsid w:val="00A95A16"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Topptekst2">
     <w:name w:val="Topptekst2"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00A95A16"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift1Tegn">
+    <w:name w:val="Overskrift 1 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A508E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E21068"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F82A26"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Brevtittel">
     <w:name w:val="Brevtittel"/>
-    <w:basedOn w:val="Heading1"/>
+    <w:basedOn w:val="Overskrift1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="BrevtittelTegn"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="003C7840"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BrevtittelTegn">
     <w:name w:val="Brevtittel Tegn"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Brevtittel"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="003C7840"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Ulstomtale">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C7840"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Revisjon">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A75889"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Merknadsreferanse">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF72BB"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Merknadstekst">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:link w:val="MerknadstekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF72BB"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MerknadstekstTegn">
+    <w:name w:val="Merknadstekst Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Merknadstekst"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AF72BB"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Kommentaremne">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Merknadstekst"/>
+    <w:next w:val="Merknadstekst"/>
+    <w:link w:val="KommentaremneTegn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF72BB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentaremneTegn">
+    <w:name w:val="Kommentaremne Tegn"/>
+    <w:basedOn w:val="MerknadstekstTegn"/>
+    <w:link w:val="Kommentaremne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AF72BB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="322784293">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1263878853">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.miljodirektoratet.no/ansvarsomrader/overvaking-arealplanlegging/arealplanlegging/konsekvensutredninger/maler-og-figurer/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.miljodirektoratet.no/ansvarsomrader/overvaking-arealplanlegging/arealplanlegging/konsekvensutredninger/metode-for-utredning/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oslo.kommune.no/plan-bygg-og-eiendom/planforslag-og-planendring/send-inn-planforslag-eller-planendring/utarbeid-planforslaget/dokumenter-til-ny-reguleringsplan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -4192,112 +5380,173 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="c528fd71-ad7b-48f8-811b-c0b5643803ab" ContentTypeId="0x01010016F48F0717DDBC43A26F9C4EC94D925E" PreviousValue="false"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <OK_Felles_Arkivverdig xmlns="7ed84371-acf6-4102-828c-2caf905b4736" xsi:nil="true"/>
+    <TaxCatchAll xmlns="0f5f7503-a83c-4fed-a6eb-3299bed49dc2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="100ff42c-cd76-43b3-b092-25aed9b65ff1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Oslo Word med logo" ma:contentTypeID="0x01010016F48F0717DDBC43A26F9C4EC94D925E00459FFC708F5EB349848F942477614FEB" ma:contentTypeVersion="8" ma:contentTypeDescription="Felles innholdstype for Oslo Kommune" ma:contentTypeScope="" ma:versionID="202a0f616088dedd6ed0370583105e77">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7ed84371-acf6-4102-828c-2caf905b4736" xmlns:ns3="100ff42c-cd76-43b3-b092-25aed9b65ff1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="281313a4d4a25473c5d39756ce665c2b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Oslo Word med logo" ma:contentTypeID="0x01010016F48F0717DDBC43A26F9C4EC94D925E00459FFC708F5EB349848F942477614FEB" ma:contentTypeVersion="16" ma:contentTypeDescription="Felles innholdstype for Oslo Kommune" ma:contentTypeScope="" ma:versionID="1df60c3e8ea3d2b0da72a8ddbdc502f2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7ed84371-acf6-4102-828c-2caf905b4736" xmlns:ns3="100ff42c-cd76-43b3-b092-25aed9b65ff1" xmlns:ns4="0f5f7503-a83c-4fed-a6eb-3299bed49dc2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3d1449e6587d9bf19eb0d781468d48ef" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="7ed84371-acf6-4102-828c-2caf905b4736"/>
     <xsd:import namespace="100ff42c-cd76-43b3-b092-25aed9b65ff1"/>
+    <xsd:import namespace="0f5f7503-a83c-4fed-a6eb-3299bed49dc2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:OK_Felles_Arkivverdig" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ed84371-acf6-4102-828c-2caf905b4736" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="OK_Felles_Arkivverdig" ma:index="8" nillable="true" ma:displayName="Arkivverdig" ma:description="Skal dokumentet bli arkivert i virksomhetens arkivssytem?" ma:format="Dropdown" ma:indexed="true" ma:internalName="OK_Felles_Arkivverdig">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Ja"/>
           <xsd:enumeration value="Nei"/>
           <xsd:enumeration value="Arkivert"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="100ff42c-cd76-43b3-b092-25aed9b65ff1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildemerkelapper" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c528fd71-ad7b-48f8-811b-c0b5643803ab" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0f5f7503-a83c-4fed-a6eb-3299bed49dc2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3a432738-b073-430c-a94c-9833ac8d4864}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="0f5f7503-a83c-4fed-a6eb-3299bed49dc2">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innholdstype"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Tittel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -4374,233 +5623,120 @@
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{825F62A0-5155-42C1-8D89-C669A70C8548}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB8712B2-B477-40E6-AA68-7D607177D83C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FB4FFC7-4660-4894-9083-83F6AC7C21AD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7ed84371-acf6-4102-828c-2caf905b4736"/>
+    <ds:schemaRef ds:uri="0f5f7503-a83c-4fed-a6eb-3299bed49dc2"/>
     <ds:schemaRef ds:uri="100ff42c-cd76-43b3-b092-25aed9b65ff1"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="7ed84371-acf6-4102-828c-2caf905b4736"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD4F14E8-5C2D-4D56-851A-D3A6AA6B1659}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EF796FA-E43F-487F-8054-1CF4675BB1F2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7ed84371-acf6-4102-828c-2caf905b4736"/>
     <ds:schemaRef ds:uri="100ff42c-cd76-43b3-b092-25aed9b65ff1"/>
+    <ds:schemaRef ds:uri="0f5f7503-a83c-4fed-a6eb-3299bed49dc2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3101</Characters>
+  <Pages>2</Pages>
+  <Words>751</Words>
+  <Characters>3985</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>7</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3637</CharactersWithSpaces>
+  <CharactersWithSpaces>4727</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...110 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Siri Koren Furre</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_7a2396b7-5846-48ff-8468-5f49f8ad722a_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_7a2396b7-5846-48ff-8468-5f49f8ad722a_SetDate">
     <vt:lpwstr>2022-10-18T11:18:17Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_7a2396b7-5846-48ff-8468-5f49f8ad722a_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_7a2396b7-5846-48ff-8468-5f49f8ad722a_Name">
     <vt:lpwstr>Lav</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_7a2396b7-5846-48ff-8468-5f49f8ad722a_SiteId">
     <vt:lpwstr>e6795081-6391-442e-9ab4-5e9ef74f18ea</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_7a2396b7-5846-48ff-8468-5f49f8ad722a_ActionId">
     <vt:lpwstr>ecd40d1c-e557-41d5-a084-673f05316d1c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_7a2396b7-5846-48ff-8468-5f49f8ad722a_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
     <vt:lpwstr>0x01010016F48F0717DDBC43A26F9C4EC94D925E00459FFC708F5EB349848F942477614FEB</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>